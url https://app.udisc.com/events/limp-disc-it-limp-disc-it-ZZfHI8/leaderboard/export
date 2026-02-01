--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -805,50 +805,53 @@
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T2</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E5">
         <v>-4</v>
       </c>
       <c r="F5">
         <v>50</v>
       </c>
+      <c r="G5">
+        <v>320198</v>
+      </c>
       <c r="H5" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I5">
         <v>-4</v>
       </c>
       <c r="J5">
         <v>50</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
@@ -887,50 +890,53 @@
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>52</v>
+      </c>
+      <c r="G6">
+        <v>320143</v>
       </c>
       <c r="H6" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I6">
         <v>-2</v>
       </c>
       <c r="J6">
         <v>52</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>