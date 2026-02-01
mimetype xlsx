--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -628,197 +628,200 @@
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Anthony pecoraro</v>
+        <v>Dom Koury</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>55</v>
       </c>
+      <c r="G3">
+        <v>320198</v>
+      </c>
       <c r="H3" t="str">
-        <v>anthonypec52</v>
+        <v>frankybigfoot</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3">
         <v>55</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Dom Koury</v>
+        <v>Anthony pecoraro</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
       <c r="H4" t="str">
-        <v>frankybigfoot</v>
+        <v>anthonypec52</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4">
         <v>55</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>2</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Emilio Ruiz</v>
       </c>
       <c r="E5">
         <v>3</v>
       </c>
       <c r="F5">
@@ -963,286 +966,289 @@
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Alex victa</v>
+        <v>Pete Glocker</v>
       </c>
       <c r="E7">
         <v>8</v>
       </c>
       <c r="F7">
         <v>62</v>
       </c>
+      <c r="G7">
+        <v>320143</v>
+      </c>
       <c r="H7" t="str">
-        <v>leafskates</v>
+        <v>peteglocker</v>
       </c>
       <c r="I7">
         <v>8</v>
       </c>
       <c r="J7">
         <v>62</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
+        <v>3</v>
+      </c>
+      <c r="U7">
+        <v>3</v>
+      </c>
+      <c r="V7">
+        <v>3</v>
+      </c>
+      <c r="W7">
+        <v>4</v>
+      </c>
+      <c r="X7">
+        <v>3</v>
+      </c>
+      <c r="Y7">
+        <v>3</v>
+      </c>
+      <c r="Z7">
+        <v>4</v>
+      </c>
+      <c r="AA7">
+        <v>4</v>
+      </c>
+      <c r="AB7">
         <v>5</v>
-      </c>
-[...22 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Jetty Dingus</v>
+        <v>Alex victa</v>
       </c>
       <c r="E8">
         <v>8</v>
       </c>
       <c r="F8">
         <v>62</v>
       </c>
       <c r="H8" t="str">
-        <v>epileptictoilet</v>
+        <v>leafskates</v>
       </c>
       <c r="I8">
         <v>8</v>
       </c>
       <c r="J8">
         <v>62</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T6</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9" t="str">
-        <v>Pete Glocker</v>
+        <v>Jetty Dingus</v>
       </c>
       <c r="E9">
         <v>8</v>
       </c>
       <c r="F9">
         <v>62</v>
       </c>
       <c r="H9" t="str">
-        <v>peteglocker</v>
+        <v>epileptictoilet</v>
       </c>
       <c r="I9">
         <v>8</v>
       </c>
       <c r="J9">
         <v>62</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB9">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>