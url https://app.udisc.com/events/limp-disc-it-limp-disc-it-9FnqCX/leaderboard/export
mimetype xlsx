--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -636,50 +636,53 @@
         <v>2</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E3">
         <v>-4</v>
       </c>
       <c r="F3">
         <v>51</v>
       </c>
+      <c r="G3">
+        <v>320198</v>
+      </c>
       <c r="H3" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I3">
         <v>-4</v>
       </c>
       <c r="J3">
         <v>51</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
@@ -794,197 +797,200 @@
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Jetty Dingus</v>
+        <v>Pete Glocker</v>
       </c>
       <c r="E5">
         <v>5</v>
       </c>
       <c r="F5">
         <v>60</v>
       </c>
+      <c r="G5">
+        <v>320143</v>
+      </c>
       <c r="H5" t="str">
-        <v>epileptictoilet</v>
+        <v>peteglocker</v>
       </c>
       <c r="I5">
         <v>5</v>
       </c>
       <c r="J5">
         <v>60</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
+        <v>3</v>
+      </c>
+      <c r="T5">
         <v>5</v>
       </c>
-      <c r="T5">
-[...1 lines deleted...]
-      </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Pete Glocker</v>
+        <v>Jetty Dingus</v>
       </c>
       <c r="E6">
         <v>5</v>
       </c>
       <c r="F6">
         <v>60</v>
       </c>
       <c r="H6" t="str">
-        <v>peteglocker</v>
+        <v>epileptictoilet</v>
       </c>
       <c r="I6">
         <v>5</v>
       </c>
       <c r="J6">
         <v>60</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Yurem</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">