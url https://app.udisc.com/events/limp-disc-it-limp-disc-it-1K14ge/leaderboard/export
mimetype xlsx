--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -636,50 +636,53 @@
         <v>2</v>
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E3">
         <v>-9</v>
       </c>
       <c r="F3">
         <v>49</v>
       </c>
+      <c r="G3">
+        <v>320198</v>
+      </c>
       <c r="H3" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I3">
         <v>-9</v>
       </c>
       <c r="J3">
         <v>49</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
@@ -970,50 +973,53 @@
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
         <v>59</v>
+      </c>
+      <c r="G7">
+        <v>320143</v>
       </c>
       <c r="H7" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I7">
         <v>1</v>
       </c>
       <c r="J7">
         <v>59</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>