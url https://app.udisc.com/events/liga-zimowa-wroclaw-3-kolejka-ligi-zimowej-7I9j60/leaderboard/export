--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -563,50 +563,53 @@
         <v>58</v>
       </c>
       <c r="L3">
         <v>54</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Green</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Maciej Dolatowski</v>
       </c>
       <c r="E4">
         <v>16</v>
       </c>
       <c r="F4">
         <v>112</v>
       </c>
+      <c r="G4">
+        <v>317215</v>
+      </c>
       <c r="H4" t="str">
         <v>lenaltsorna</v>
       </c>
       <c r="I4">
         <v>10</v>
       </c>
       <c r="J4">
         <v>6</v>
       </c>
       <c r="K4">
         <v>58</v>
       </c>
       <c r="L4">
         <v>54</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Green</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
@@ -2016,179 +2019,182 @@
       </c>
       <c r="U5">
         <v>6</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
         <v>4</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Green</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Krzysztof Kryjom</v>
+        <v>Maciej Dolatowski</v>
       </c>
       <c r="E6">
         <v>10</v>
       </c>
       <c r="F6">
         <v>58</v>
       </c>
+      <c r="G6">
+        <v>317215</v>
+      </c>
       <c r="H6" t="str">
-        <v>krissek</v>
+        <v>lenaltsorna</v>
       </c>
       <c r="I6">
         <v>10</v>
       </c>
       <c r="J6">
         <v>58</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="N6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S6">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U6">
         <v>6</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X6">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Green</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
-        <v>Maciej Dolatowski</v>
+        <v>Krzysztof Kryjom</v>
       </c>
       <c r="E7">
         <v>10</v>
       </c>
       <c r="F7">
         <v>58</v>
       </c>
       <c r="H7" t="str">
-        <v>lenaltsorna</v>
+        <v>krissek</v>
       </c>
       <c r="I7">
         <v>10</v>
       </c>
       <c r="J7">
         <v>58</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="O7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U7">
         <v>6</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Green</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Marcin Maksymowicz</v>
       </c>
       <c r="E8">
         <v>13</v>
       </c>
       <c r="F8">
         <v>61</v>
       </c>
       <c r="H8" t="str">
         <v>mmmaks</v>
       </c>
       <c r="I8">
@@ -4242,50 +4248,53 @@
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Green</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Maciej Dolatowski</v>
       </c>
       <c r="E4">
         <v>16</v>
       </c>
       <c r="F4">
         <v>112</v>
       </c>
+      <c r="G4">
+        <v>317215</v>
+      </c>
       <c r="H4" t="str">
         <v>lenaltsorna</v>
       </c>
       <c r="I4">
         <v>6</v>
       </c>
       <c r="J4">
         <v>54</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>6</v>
       </c>
       <c r="N4">
         <v>7</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">