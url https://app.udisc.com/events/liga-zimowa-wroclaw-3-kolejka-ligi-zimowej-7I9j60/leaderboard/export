--- v1 (2026-01-11)
+++ v2 (2026-02-17)
@@ -490,50 +490,53 @@
         <v>round_1_total_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_2_total_score</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Green</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Baziu</v>
       </c>
       <c r="E2">
         <v>12</v>
       </c>
       <c r="F2">
         <v>108</v>
       </c>
+      <c r="G2">
+        <v>320752</v>
+      </c>
       <c r="H2" t="str">
         <v>przepiorka</v>
       </c>
       <c r="I2">
         <v>6</v>
       </c>
       <c r="J2">
         <v>6</v>
       </c>
       <c r="K2">
         <v>54</v>
       </c>
       <c r="L2">
         <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Green</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
@@ -1737,50 +1740,53 @@
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Green</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Baziu</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
         <v>54</v>
       </c>
+      <c r="G2">
+        <v>320752</v>
+      </c>
       <c r="H2" t="str">
         <v>przepiorka</v>
       </c>
       <c r="I2">
         <v>6</v>
       </c>
       <c r="J2">
         <v>54</v>
       </c>
       <c r="K2">
         <v>6</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>6</v>
       </c>
       <c r="N2">
         <v>6</v>
       </c>
       <c r="O2">
         <v>5</v>
       </c>
       <c r="P2">
@@ -4103,50 +4109,53 @@
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Green</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Baziu</v>
       </c>
       <c r="E2">
         <v>12</v>
       </c>
       <c r="F2">
         <v>108</v>
       </c>
+      <c r="G2">
+        <v>320752</v>
+      </c>
       <c r="H2" t="str">
         <v>przepiorka</v>
       </c>
       <c r="I2">
         <v>6</v>
       </c>
       <c r="J2">
         <v>54</v>
       </c>
       <c r="K2">
         <v>4</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>6</v>
       </c>
       <c r="N2">
         <v>5</v>
       </c>
       <c r="O2">
         <v>5</v>
       </c>
       <c r="P2">