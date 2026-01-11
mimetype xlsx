--- v0 (2025-11-28)
+++ v1 (2026-01-11)
@@ -668,50 +668,53 @@
         <v>48</v>
       </c>
       <c r="L6">
         <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Green</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Maciej Dolatowski</v>
       </c>
       <c r="E7">
         <v>22</v>
       </c>
       <c r="F7">
         <v>114</v>
       </c>
+      <c r="G7">
+        <v>317215</v>
+      </c>
       <c r="H7" t="str">
         <v>lenaltsorna</v>
       </c>
       <c r="I7">
         <v>12</v>
       </c>
       <c r="J7">
         <v>10</v>
       </c>
       <c r="K7">
         <v>58</v>
       </c>
       <c r="L7">
         <v>56</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Green</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
@@ -2017,50 +2020,53 @@
         <v>4</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Green</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Maciej Dolatowski</v>
       </c>
       <c r="E8">
         <v>12</v>
       </c>
       <c r="F8">
         <v>58</v>
       </c>
+      <c r="G8">
+        <v>317215</v>
+      </c>
       <c r="H8" t="str">
         <v>lenaltsorna</v>
       </c>
       <c r="I8">
         <v>12</v>
       </c>
       <c r="J8">
         <v>58</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>5</v>
       </c>
       <c r="N8">
         <v>5</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
@@ -4013,50 +4019,53 @@
         <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Green</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Maciej Dolatowski</v>
       </c>
       <c r="E7">
         <v>22</v>
       </c>
       <c r="F7">
         <v>114</v>
       </c>
+      <c r="G7">
+        <v>317215</v>
+      </c>
       <c r="H7" t="str">
         <v>lenaltsorna</v>
       </c>
       <c r="I7">
         <v>10</v>
       </c>
       <c r="J7">
         <v>56</v>
       </c>
       <c r="K7">
         <v>5</v>
       </c>
       <c r="L7">
         <v>5</v>
       </c>
       <c r="M7">
         <v>5</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">