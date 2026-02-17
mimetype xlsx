--- v1 (2026-01-11)
+++ v2 (2026-02-17)
@@ -525,50 +525,53 @@
         <v>47</v>
       </c>
       <c r="L2">
         <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Green</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Baziu</v>
       </c>
       <c r="E3">
         <v>11</v>
       </c>
       <c r="F3">
         <v>103</v>
       </c>
+      <c r="G3">
+        <v>320752</v>
+      </c>
       <c r="H3" t="str">
         <v>przepiorka</v>
       </c>
       <c r="I3">
         <v>3</v>
       </c>
       <c r="J3">
         <v>8</v>
       </c>
       <c r="K3">
         <v>49</v>
       </c>
       <c r="L3">
         <v>54</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Green</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
@@ -1733,50 +1736,53 @@
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Green</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Baziu</v>
       </c>
       <c r="E4">
         <v>3</v>
       </c>
       <c r="F4">
         <v>49</v>
       </c>
+      <c r="G4">
+        <v>320752</v>
+      </c>
       <c r="H4" t="str">
         <v>przepiorka</v>
       </c>
       <c r="I4">
         <v>3</v>
       </c>
       <c r="J4">
         <v>49</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>5</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
@@ -3732,50 +3738,53 @@
         <v>3</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Green</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Baziu</v>
       </c>
       <c r="E3">
         <v>11</v>
       </c>
       <c r="F3">
         <v>103</v>
       </c>
+      <c r="G3">
+        <v>320752</v>
+      </c>
       <c r="H3" t="str">
         <v>przepiorka</v>
       </c>
       <c r="I3">
         <v>8</v>
       </c>
       <c r="J3">
         <v>54</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>5</v>
       </c>
       <c r="N3">
         <v>5</v>
       </c>
       <c r="O3">
         <v>5</v>
       </c>
       <c r="P3">