--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -555,205 +555,385 @@
         <v>hole_12</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_13</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_14</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="E2" t="str">
         <v>MA3</v>
       </c>
+      <c r="F2" t="str">
+        <v>1</v>
+      </c>
+      <c r="G2">
+        <v>1</v>
+      </c>
       <c r="H2" t="str">
-        <v>Elias Michalk</v>
+        <v>Nico Michalk</v>
       </c>
       <c r="I2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J2">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="M2" t="str">
-        <v>ils8088</v>
+        <v>flaier0304</v>
       </c>
       <c r="N2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="O2">
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>4</v>
+      </c>
+      <c r="T2">
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>3</v>
+      </c>
+      <c r="W2">
+        <v>5</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>3</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
+      </c>
+      <c r="AC2">
+        <v>4</v>
+      </c>
+      <c r="AD2">
+        <v>4</v>
+      </c>
+      <c r="AE2">
+        <v>4</v>
+      </c>
+      <c r="AF2">
+        <v>4</v>
+      </c>
+      <c r="AG2">
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="E3" t="str">
         <v>MA3</v>
       </c>
+      <c r="F3" t="str">
+        <v>2</v>
+      </c>
+      <c r="G3">
+        <v>2</v>
+      </c>
       <c r="H3" t="str">
-        <v>Ingo Michalk</v>
+        <v>Elias Michalk</v>
       </c>
       <c r="I3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J3">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M3" t="str">
-        <v>felsspalter</v>
+        <v>ils8088</v>
       </c>
       <c r="N3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="O3">
-        <v>0</v>
+        <v>68</v>
+      </c>
+      <c r="P3">
+        <v>5</v>
+      </c>
+      <c r="Q3">
+        <v>4</v>
+      </c>
+      <c r="R3">
+        <v>3</v>
+      </c>
+      <c r="S3">
+        <v>4</v>
+      </c>
+      <c r="T3">
+        <v>4</v>
+      </c>
+      <c r="U3">
+        <v>4</v>
+      </c>
+      <c r="V3">
+        <v>4</v>
+      </c>
+      <c r="W3">
+        <v>3</v>
+      </c>
+      <c r="X3">
+        <v>4</v>
+      </c>
+      <c r="Y3">
+        <v>3</v>
+      </c>
+      <c r="Z3">
+        <v>4</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>3</v>
+      </c>
+      <c r="AC3">
+        <v>4</v>
+      </c>
+      <c r="AD3">
+        <v>3</v>
+      </c>
+      <c r="AE3">
+        <v>5</v>
+      </c>
+      <c r="AF3">
+        <v>4</v>
+      </c>
+      <c r="AG3">
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="E4" t="str">
         <v>MA3</v>
       </c>
+      <c r="F4" t="str">
+        <v>3</v>
+      </c>
+      <c r="G4">
+        <v>3</v>
+      </c>
       <c r="H4" t="str">
-        <v>Nico Michalk</v>
+        <v>Ingo Michalk</v>
       </c>
       <c r="I4">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="J4">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="M4" t="str">
-        <v>flaier0304</v>
+        <v>felsspalter</v>
       </c>
       <c r="N4">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="O4">
-        <v>0</v>
+        <v>70</v>
+      </c>
+      <c r="P4">
+        <v>3</v>
+      </c>
+      <c r="Q4">
+        <v>3</v>
+      </c>
+      <c r="R4">
+        <v>2</v>
+      </c>
+      <c r="S4">
+        <v>6</v>
+      </c>
+      <c r="T4">
+        <v>6</v>
+      </c>
+      <c r="U4">
+        <v>4</v>
+      </c>
+      <c r="V4">
+        <v>4</v>
+      </c>
+      <c r="W4">
+        <v>4</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>4</v>
+      </c>
+      <c r="AC4">
+        <v>4</v>
+      </c>
+      <c r="AD4">
+        <v>3</v>
+      </c>
+      <c r="AE4">
+        <v>4</v>
+      </c>
+      <c r="AF4">
+        <v>5</v>
+      </c>
+      <c r="AG4">
+        <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="E5" t="str">
         <v>MA3</v>
       </c>
       <c r="F5" t="str">
         <v>DUP</v>
       </c>
       <c r="H5" t="str">
         <v>Elias Michalk</v>
       </c>
       <c r="I5">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J5">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="K5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M5" t="str">
         <v>ils8088</v>
       </c>
       <c r="N5">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="O5">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="P5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U5">
         <v>4</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X5">
         <v>4</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AC5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG5">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="E6" t="str">
         <v>MA3</v>
       </c>
       <c r="F6" t="str">
         <v>DUP</v>
       </c>
       <c r="H6" t="str">
         <v>Ingo Michalk</v>
       </c>
       <c r="I6">
         <v>24</v>
       </c>
       <c r="J6">
         <v>80</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="M6" t="str">
         <v>felsspalter</v>
       </c>
       <c r="N6">