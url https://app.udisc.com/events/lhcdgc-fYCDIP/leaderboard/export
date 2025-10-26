--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1080,54 +1080,51 @@
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>4</v>
       </c>
       <c r="AG6">
         <v>4</v>
       </c>
       <c r="AH6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
         <v>Rick Igel</v>
       </c>
       <c r="E7">
         <v>8</v>
       </c>
       <c r="F7">
         <v>44</v>
       </c>
       <c r="H7" t="str">
         <v>rickigel</v>
       </c>
       <c r="I7">
         <v>8</v>
       </c>
       <c r="J7">
         <v>44</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>5</v>
       </c>