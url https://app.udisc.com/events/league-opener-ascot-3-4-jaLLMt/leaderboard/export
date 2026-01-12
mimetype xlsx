--- v0 (2025-11-09)
+++ v1 (2026-01-12)
@@ -536,187 +536,247 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Rachael Patterson</v>
+        <v>Ross Evans</v>
       </c>
       <c r="E2">
         <v>0</v>
       </c>
       <c r="F2">
-        <v>3</v>
+        <v>57</v>
       </c>
       <c r="G2">
-        <v>316819</v>
+        <v>311887</v>
       </c>
       <c r="H2" t="str">
-        <v>rachpat</v>
+        <v>aggroandy1978</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
-        <v>3</v>
+        <v>57</v>
       </c>
       <c r="K2">
+        <v>3</v>
+      </c>
+      <c r="L2">
+        <v>4</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
+      </c>
+      <c r="N2">
+        <v>3</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>5</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>4</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>2</v>
+      </c>
+      <c r="AA2">
+        <v>3</v>
+      </c>
+      <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Ross Evans</v>
+        <v>Kaine Ransby</v>
       </c>
       <c r="E3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F3">
-        <v>57</v>
+        <v>59</v>
+      </c>
+      <c r="G3">
+        <v>316593</v>
       </c>
       <c r="H3" t="str">
-        <v>aggroandy1978</v>
+        <v>kainera</v>
       </c>
       <c r="I3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J3">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="K3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
+      <c r="B4" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D4" t="str">
-        <v>Duane Fisher</v>
+        <v>Rachael Patterson</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G4">
-        <v>193239</v>
+        <v>316819</v>
       </c>
       <c r="H4" t="str">
-        <v>duaneslayer</v>
+        <v>rachpat</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="K4">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB4"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>