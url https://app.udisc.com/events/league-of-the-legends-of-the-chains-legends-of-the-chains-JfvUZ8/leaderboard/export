--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -834,50 +834,53 @@
         <v>3</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Andy king</v>
       </c>
       <c r="E5">
         <v>4</v>
       </c>
       <c r="F5">
         <v>64</v>
       </c>
+      <c r="G5">
+        <v>316936</v>
+      </c>
       <c r="H5" t="str">
         <v>andrewking12</v>
       </c>
       <c r="I5">
         <v>4</v>
       </c>
       <c r="J5">
         <v>64</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">