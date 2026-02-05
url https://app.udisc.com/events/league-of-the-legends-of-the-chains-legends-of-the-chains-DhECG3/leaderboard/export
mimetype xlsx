--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -1143,50 +1143,53 @@
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Andy king</v>
       </c>
       <c r="E9">
         <v>6</v>
       </c>
       <c r="F9">
         <v>60</v>
       </c>
+      <c r="G9">
+        <v>316936</v>
+      </c>
       <c r="H9" t="str">
         <v>andrewking12</v>
       </c>
       <c r="I9">
         <v>6</v>
       </c>
       <c r="J9">
         <v>60</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">