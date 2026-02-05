--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -1004,50 +1004,53 @@
         <v>3</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
         <v>Andy king</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
         <v>64</v>
       </c>
+      <c r="G7">
+        <v>316936</v>
+      </c>
       <c r="H7" t="str">
         <v>andrewking12</v>
       </c>
       <c r="I7">
         <v>5</v>
       </c>
       <c r="J7">
         <v>64</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">