--- v0 (2025-10-19)
+++ v1 (2025-12-27)
@@ -1561,50 +1561,53 @@
         <v>2</v>
       </c>
       <c r="AB13">
         <v>7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>John ZZ Hansen</v>
       </c>
       <c r="E14">
         <v>9</v>
       </c>
       <c r="F14">
         <v>64</v>
       </c>
+      <c r="G14">
+        <v>21701</v>
+      </c>
       <c r="H14" t="str">
         <v>johnzzhansen</v>
       </c>
       <c r="I14">
         <v>9</v>
       </c>
       <c r="J14">
         <v>64</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>5</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">