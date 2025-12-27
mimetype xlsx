--- v0 (2025-10-19)
+++ v1 (2025-12-27)
@@ -625,203 +625,206 @@
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>4</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Cole Smith</v>
+        <v>John ZZ Hansen</v>
       </c>
       <c r="E3">
         <v>-4</v>
       </c>
       <c r="F3">
         <v>51</v>
       </c>
+      <c r="G3">
+        <v>21701</v>
+      </c>
       <c r="H3" t="str">
-        <v>colercoaster</v>
+        <v>johnzzhansen</v>
       </c>
       <c r="I3">
         <v>-4</v>
       </c>
       <c r="J3">
         <v>51</v>
       </c>
       <c r="K3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>John ZZ Hansen</v>
+        <v>Cole Smith</v>
       </c>
       <c r="E4">
         <v>-4</v>
       </c>
       <c r="F4">
         <v>51</v>
       </c>
       <c r="H4" t="str">
-        <v>johnzzhansen</v>
+        <v>colercoaster</v>
       </c>
       <c r="I4">
         <v>-4</v>
       </c>
       <c r="J4">
         <v>51</v>
       </c>
       <c r="K4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>jerry</v>
       </c>
       <c r="E5">
         <v>-3</v>
       </c>
       <c r="F5">
         <v>52</v>
       </c>
       <c r="H5" t="str">
         <v>xmann666</v>
       </c>
       <c r="I5">