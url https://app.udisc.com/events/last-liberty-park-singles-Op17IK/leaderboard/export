--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -676,50 +676,53 @@
       </c>
       <c r="C3">
         <v>-3</v>
       </c>
       <c r="D3">
         <v>8</v>
       </c>
       <c r="E3" t="str">
         <v>MA40</v>
       </c>
       <c r="F3" t="str">
         <v>1</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="str">
         <v>B T Raid</v>
       </c>
       <c r="I3">
         <v>-11</v>
       </c>
       <c r="J3">
         <v>43</v>
       </c>
+      <c r="K3">
+        <v>67506</v>
+      </c>
       <c r="L3" t="str">
         <v>edt2024</v>
       </c>
       <c r="M3">
         <v>-11</v>
       </c>
       <c r="N3">
         <v>43</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">