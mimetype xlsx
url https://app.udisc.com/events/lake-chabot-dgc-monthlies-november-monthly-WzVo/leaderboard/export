--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -3870,50 +3870,53 @@
         <v>4</v>
       </c>
       <c r="AB41">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>41</v>
       </c>
       <c r="C42">
         <v>41</v>
       </c>
       <c r="D42" t="str">
         <v>Adam Rateb</v>
       </c>
       <c r="E42">
         <v>20</v>
       </c>
       <c r="F42">
         <v>74</v>
       </c>
+      <c r="G42">
+        <v>256334</v>
+      </c>
       <c r="H42" t="str">
         <v>tebbyteb</v>
       </c>
       <c r="I42">
         <v>20</v>
       </c>
       <c r="J42">
         <v>74</v>
       </c>
       <c r="K42">
         <v>5</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>4</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
         <v>4</v>
       </c>
       <c r="P42">