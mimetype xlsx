--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -3956,50 +3956,53 @@
         <v>3</v>
       </c>
       <c r="AB42">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>42</v>
       </c>
       <c r="C43">
         <v>42</v>
       </c>
       <c r="D43" t="str">
         <v>Adam Rateb</v>
       </c>
       <c r="E43">
         <v>9</v>
       </c>
       <c r="F43">
         <v>68</v>
       </c>
+      <c r="G43">
+        <v>256334</v>
+      </c>
       <c r="H43" t="str">
         <v>tebbyteb</v>
       </c>
       <c r="I43">
         <v>9</v>
       </c>
       <c r="J43">
         <v>68</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>2</v>
       </c>
       <c r="M43">
         <v>4</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>4</v>
       </c>
       <c r="P43">