--- v0 (2025-10-09)
+++ v1 (2025-12-19)
@@ -586,51 +586,51 @@
       <c r="D2">
         <v>6</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Jack Fan</v>
       </c>
       <c r="I2">
         <v>-14</v>
       </c>
       <c r="J2">
         <v>45</v>
       </c>
       <c r="K2">
         <v>113480</v>
       </c>
       <c r="L2" t="str">
-        <v>crazycooljack</v>
+        <v>poopypants803</v>
       </c>
       <c r="M2">
         <v>-14</v>
       </c>
       <c r="N2">
         <v>45</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>