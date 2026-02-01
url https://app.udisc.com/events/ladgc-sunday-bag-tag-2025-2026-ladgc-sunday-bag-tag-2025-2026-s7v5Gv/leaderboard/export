--- v0 (2026-01-11)
+++ v1 (2026-02-01)
@@ -1662,50 +1662,53 @@
         <v>2</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>Alex Mitoska</v>
       </c>
       <c r="E15">
         <v>7</v>
       </c>
       <c r="F15">
         <v>62</v>
       </c>
+      <c r="G15">
+        <v>319755</v>
+      </c>
       <c r="H15" t="str">
         <v>mitoska97</v>
       </c>
       <c r="I15">
         <v>7</v>
       </c>
       <c r="J15">
         <v>62</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">