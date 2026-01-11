--- v0 (2025-11-29)
+++ v1 (2026-01-11)
@@ -2335,50 +2335,53 @@
         <v>3</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
         <v>Anthony Mitoska</v>
       </c>
       <c r="E23">
         <v>7</v>
       </c>
       <c r="F23">
         <v>61</v>
       </c>
+      <c r="G23">
+        <v>320137</v>
+      </c>
       <c r="H23" t="str">
         <v>ajmitoska</v>
       </c>
       <c r="I23">
         <v>7</v>
       </c>
       <c r="J23">
         <v>61</v>
       </c>
       <c r="K23">
         <v>4</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>4</v>
       </c>
       <c r="P23">