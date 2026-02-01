--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1232,50 +1232,53 @@
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Alex Mitoska</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
         <v>52</v>
       </c>
+      <c r="G10">
+        <v>319755</v>
+      </c>
       <c r="H10" t="str">
         <v>mitoska97</v>
       </c>
       <c r="I10">
         <v>-2</v>
       </c>
       <c r="J10">
         <v>52</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">