--- v0 (2025-12-20)
+++ v1 (2026-02-01)
@@ -1091,50 +1091,53 @@
         <v>4</v>
       </c>
       <c r="AH6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Alex Mitoska</v>
       </c>
       <c r="E7">
         <v>10</v>
       </c>
       <c r="F7">
         <v>86</v>
       </c>
+      <c r="G7">
+        <v>319755</v>
+      </c>
       <c r="H7" t="str">
         <v>mitoska97</v>
       </c>
       <c r="I7">
         <v>10</v>
       </c>
       <c r="J7">
         <v>86</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">