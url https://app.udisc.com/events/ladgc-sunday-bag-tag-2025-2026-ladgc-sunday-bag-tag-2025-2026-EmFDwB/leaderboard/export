--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1568,283 +1568,286 @@
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>2</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Alex Mitoska</v>
+        <v>Anthony Mitoska</v>
       </c>
       <c r="E14">
         <v>10</v>
       </c>
       <c r="F14">
         <v>64</v>
       </c>
+      <c r="G14">
+        <v>320137</v>
+      </c>
       <c r="H14" t="str">
-        <v>mitoska97</v>
+        <v>ajmitoska</v>
       </c>
       <c r="I14">
         <v>10</v>
       </c>
       <c r="J14">
         <v>64</v>
       </c>
       <c r="K14">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v xml:space="preserve">Andrew mitoska </v>
+        <v>Alex Mitoska</v>
       </c>
       <c r="E15">
         <v>10</v>
       </c>
       <c r="F15">
         <v>64</v>
       </c>
       <c r="H15" t="str">
-        <v>drewskey84</v>
+        <v>mitoska97</v>
       </c>
       <c r="I15">
         <v>10</v>
       </c>
       <c r="J15">
         <v>64</v>
       </c>
       <c r="K15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA15">
         <v>2</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
-        <v>Anthony Mitoska</v>
+        <v xml:space="preserve">Andrew mitoska </v>
       </c>
       <c r="E16">
         <v>10</v>
       </c>
       <c r="F16">
         <v>64</v>
       </c>
       <c r="H16" t="str">
-        <v>ajmitoska</v>
+        <v>drewskey84</v>
       </c>
       <c r="I16">
         <v>10</v>
       </c>
       <c r="J16">
         <v>64</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U16">
         <v>4</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
         <v>4</v>
       </c>
       <c r="X16">
         <v>5</v>
       </c>
       <c r="Y16">
         <v>4</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Harold Siegrist</v>
       </c>
       <c r="E17">
         <v>11</v>
       </c>
       <c r="F17">
         <v>65</v>
       </c>
       <c r="H17" t="str">