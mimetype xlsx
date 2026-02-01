--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1568,203 +1568,206 @@
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>2</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Anthony Mitoska</v>
+        <v>Alex Mitoska</v>
       </c>
       <c r="E14">
         <v>10</v>
       </c>
       <c r="F14">
         <v>64</v>
       </c>
       <c r="G14">
-        <v>320137</v>
+        <v>319755</v>
       </c>
       <c r="H14" t="str">
-        <v>ajmitoska</v>
+        <v>mitoska97</v>
       </c>
       <c r="I14">
         <v>10</v>
       </c>
       <c r="J14">
         <v>64</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Alex Mitoska</v>
+        <v>Anthony Mitoska</v>
       </c>
       <c r="E15">
         <v>10</v>
       </c>
       <c r="F15">
         <v>64</v>
       </c>
+      <c r="G15">
+        <v>320137</v>
+      </c>
       <c r="H15" t="str">
-        <v>mitoska97</v>
+        <v>ajmitoska</v>
       </c>
       <c r="I15">
         <v>10</v>
       </c>
       <c r="J15">
         <v>64</v>
       </c>
       <c r="K15">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
         <v xml:space="preserve">Andrew mitoska </v>
       </c>
       <c r="E16">
         <v>10</v>
       </c>
       <c r="F16">
         <v>64</v>
       </c>
       <c r="H16" t="str">