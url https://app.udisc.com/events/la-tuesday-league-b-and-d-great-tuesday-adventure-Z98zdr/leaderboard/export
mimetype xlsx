--- v0 (2025-12-26)
+++ v1 (2026-02-12)
@@ -1659,50 +1659,53 @@
         <v>3</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA3</v>
       </c>
       <c r="B15" t="str">
         <v>T4</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15" t="str">
         <v>John Hill</v>
       </c>
       <c r="E15">
         <v>3</v>
       </c>
       <c r="F15">
         <v>57</v>
       </c>
+      <c r="G15">
+        <v>321564</v>
+      </c>
       <c r="H15" t="str">
         <v>jhndoughill</v>
       </c>
       <c r="I15">
         <v>3</v>
       </c>
       <c r="J15">
         <v>57</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">