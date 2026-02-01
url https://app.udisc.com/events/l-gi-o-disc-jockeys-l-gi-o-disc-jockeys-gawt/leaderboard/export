--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -550,50 +550,53 @@
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E2">
         <v>1</v>
       </c>
       <c r="F2">
         <v>59</v>
       </c>
+      <c r="G2">
+        <v>320198</v>
+      </c>
       <c r="H2" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2">
         <v>59</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>5</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
@@ -711,200 +714,203 @@
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>@Fubar13</v>
+        <v>Pete Glocker</v>
       </c>
       <c r="E4">
         <v>12</v>
       </c>
       <c r="F4">
         <v>70</v>
       </c>
+      <c r="G4">
+        <v>320143</v>
+      </c>
       <c r="H4" t="str">
-        <v>fubar13</v>
+        <v>peteglocker</v>
       </c>
       <c r="I4">
         <v>12</v>
       </c>
       <c r="J4">
         <v>70</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>5</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>5</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
         <v>5</v>
       </c>
       <c r="V4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB4">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Pete Glocker</v>
+        <v>@Fubar13</v>
       </c>
       <c r="E5">
         <v>12</v>
       </c>
       <c r="F5">
         <v>70</v>
       </c>
       <c r="H5" t="str">
-        <v>peteglocker</v>
+        <v>fubar13</v>
       </c>
       <c r="I5">
         <v>12</v>
       </c>
       <c r="J5">
         <v>70</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>5</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>5</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>4</v>
       </c>
       <c r="U5">
         <v>5</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB5">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Alex victa</v>
       </c>
       <c r="E6">
         <v>13</v>
       </c>
       <c r="F6">
         <v>71</v>
       </c>
       <c r="H6" t="str">