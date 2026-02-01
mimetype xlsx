--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -719,50 +719,53 @@
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
+      <c r="G4">
+        <v>320143</v>
+      </c>
       <c r="H4" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>55</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
@@ -794,203 +797,206 @@
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>DeAdrian Bobo</v>
+        <v>Dom Koury</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
         <v>56</v>
       </c>
+      <c r="G5">
+        <v>320198</v>
+      </c>
       <c r="H5" t="str">
-        <v>daddydebo</v>
+        <v>frankybigfoot</v>
       </c>
       <c r="I5">
         <v>1</v>
       </c>
       <c r="J5">
         <v>56</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Dom Koury</v>
+        <v>DeAdrian Bobo</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>56</v>
       </c>
       <c r="H6" t="str">
-        <v>frankybigfoot</v>
+        <v>daddydebo</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6">
         <v>56</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Alex victa</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
         <v>57</v>
       </c>
       <c r="H7" t="str">
         <v>leafskates</v>
       </c>
       <c r="I7">