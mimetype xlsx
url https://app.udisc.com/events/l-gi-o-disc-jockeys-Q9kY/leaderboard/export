--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -636,50 +636,53 @@
         <v>3</v>
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Dom Koury</v>
       </c>
       <c r="E3">
         <v>4</v>
       </c>
       <c r="F3">
         <v>59</v>
       </c>
+      <c r="G3">
+        <v>320198</v>
+      </c>
       <c r="H3" t="str">
         <v>frankybigfoot</v>
       </c>
       <c r="I3">
         <v>4</v>
       </c>
       <c r="J3">
         <v>59</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
@@ -801,50 +804,53 @@
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Pete Glocker</v>
       </c>
       <c r="E5">
         <v>11</v>
       </c>
       <c r="F5">
         <v>66</v>
+      </c>
+      <c r="G5">
+        <v>320143</v>
       </c>
       <c r="H5" t="str">
         <v>peteglocker</v>
       </c>
       <c r="I5">
         <v>11</v>
       </c>
       <c r="J5">
         <v>66</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>