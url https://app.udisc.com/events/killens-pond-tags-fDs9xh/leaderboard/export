--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1963,50 +1963,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Robert clark</v>
       </c>
       <c r="E18">
         <v>14</v>
       </c>
       <c r="F18">
         <v>74</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
+      <c r="H18">
+        <v>317594</v>
+      </c>
       <c r="I18" t="str">
         <v>craziebob24</v>
       </c>
       <c r="J18">
         <v>14</v>
       </c>
       <c r="K18">
         <v>74</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>6</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>5</v>
       </c>
       <c r="Q18">