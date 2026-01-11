--- v0 (2025-11-19)
+++ v1 (2026-01-11)
@@ -2570,50 +2570,53 @@
         <v>3</v>
       </c>
       <c r="AF22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="E23" t="str">
         <v>MPO</v>
       </c>
       <c r="F23" t="str">
         <v>11</v>
       </c>
       <c r="G23">
         <v>11</v>
       </c>
       <c r="H23" t="str">
         <v>Phillip techt</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23">
         <v>60</v>
       </c>
+      <c r="K23">
+        <v>318323</v>
+      </c>
       <c r="L23" t="str">
         <v>phillip03</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>60</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
         <v>4</v>
       </c>
       <c r="S23">
         <v>4</v>
       </c>
       <c r="T23">