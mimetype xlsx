--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -1491,51 +1491,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>LD</v>
       </c>
       <c r="E13">
         <v>-3</v>
       </c>
       <c r="F13">
         <v>51</v>
       </c>
       <c r="G13">
         <v>295932</v>
       </c>
       <c r="H13" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I13">
         <v>-3</v>
       </c>
       <c r="J13">
         <v>51</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>