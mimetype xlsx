--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -2336,51 +2336,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MHT</v>
       </c>
       <c r="B23" t="str">
         <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>LD</v>
       </c>
       <c r="E23">
         <v>-8</v>
       </c>
       <c r="F23">
         <v>46</v>
       </c>
       <c r="G23">
         <v>295932</v>
       </c>
       <c r="H23" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I23">
         <v>-8</v>
       </c>
       <c r="J23">
         <v>46</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>