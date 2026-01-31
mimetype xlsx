--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -1067,51 +1067,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MHT</v>
       </c>
       <c r="B8" t="str">
         <v>T5</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8" t="str">
         <v>LD</v>
       </c>
       <c r="E8">
         <v>-12</v>
       </c>
       <c r="F8">
         <v>42</v>
       </c>
       <c r="G8">
         <v>295932</v>
       </c>
       <c r="H8" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I8">
         <v>-12</v>
       </c>
       <c r="J8">
         <v>42</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -6516,51 +6516,51 @@
       </c>
       <c r="AB72">
         <v>3</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>CAS</v>
       </c>
       <c r="B73" t="str">
         <v>T34</v>
       </c>
       <c r="C73">
         <v>34</v>
       </c>
       <c r="D73" t="str">
         <v>Nicholasdisc</v>
       </c>
       <c r="E73">
         <v>-2</v>
       </c>
       <c r="F73">
         <v>52</v>
       </c>
       <c r="H73" t="str">
-        <v>nicholasdisc</v>
+        <v>puttmuffer</v>
       </c>
       <c r="I73">
         <v>-2</v>
       </c>
       <c r="J73">
         <v>52</v>
       </c>
       <c r="K73">
         <v>3</v>
       </c>
       <c r="L73">
         <v>5</v>
       </c>
       <c r="M73">
         <v>4</v>
       </c>
       <c r="N73">
         <v>2</v>
       </c>
       <c r="O73">
         <v>3</v>
       </c>
       <c r="P73">
         <v>3</v>
       </c>