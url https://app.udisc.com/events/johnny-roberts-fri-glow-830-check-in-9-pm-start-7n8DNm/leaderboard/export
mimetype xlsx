--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -1408,51 +1408,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MHT</v>
       </c>
       <c r="B12" t="str">
         <v>T7</v>
       </c>
       <c r="C12">
         <v>7</v>
       </c>
       <c r="D12" t="str">
         <v>LD</v>
       </c>
       <c r="E12">
         <v>-10</v>
       </c>
       <c r="F12">
         <v>44</v>
       </c>
       <c r="G12">
         <v>295932</v>
       </c>
       <c r="H12" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I12">
         <v>-10</v>
       </c>
       <c r="J12">
         <v>44</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>