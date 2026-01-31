--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -3424,51 +3424,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>CAS</v>
       </c>
       <c r="B36" t="str">
         <v>T4</v>
       </c>
       <c r="C36">
         <v>4</v>
       </c>
       <c r="D36" t="str">
         <v>LD</v>
       </c>
       <c r="E36">
         <v>-9</v>
       </c>
       <c r="F36">
         <v>45</v>
       </c>
       <c r="G36">
         <v>295932</v>
       </c>
       <c r="H36" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I36">
         <v>-9</v>
       </c>
       <c r="J36">
         <v>45</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>2</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>2</v>
       </c>