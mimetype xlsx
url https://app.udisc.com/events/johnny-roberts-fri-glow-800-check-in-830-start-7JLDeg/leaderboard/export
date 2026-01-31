--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -1903,51 +1903,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MHT</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>LD</v>
       </c>
       <c r="E18">
         <v>-1</v>
       </c>
       <c r="F18">
         <v>53</v>
       </c>
       <c r="G18">
         <v>295932</v>
       </c>
       <c r="H18" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I18">
         <v>-1</v>
       </c>
       <c r="J18">
         <v>53</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>