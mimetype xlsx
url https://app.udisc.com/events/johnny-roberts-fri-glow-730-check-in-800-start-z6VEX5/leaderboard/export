--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -4097,51 +4097,51 @@
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>CAS</v>
       </c>
       <c r="B44" t="str">
         <v>T11</v>
       </c>
       <c r="C44">
         <v>11</v>
       </c>
       <c r="D44" t="str">
         <v>LD</v>
       </c>
       <c r="E44">
         <v>-8</v>
       </c>
       <c r="F44">
         <v>46</v>
       </c>
       <c r="G44">
         <v>295932</v>
       </c>
       <c r="H44" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I44">
         <v>-8</v>
       </c>
       <c r="J44">
         <v>46</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>2</v>
       </c>
       <c r="O44">
         <v>2</v>
       </c>
       <c r="P44">
         <v>2</v>
       </c>