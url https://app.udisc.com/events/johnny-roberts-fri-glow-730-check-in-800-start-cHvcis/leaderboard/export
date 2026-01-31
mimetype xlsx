--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -3670,51 +3670,51 @@
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>CAS</v>
       </c>
       <c r="B39" t="str">
         <v>T6</v>
       </c>
       <c r="C39">
         <v>6</v>
       </c>
       <c r="D39" t="str">
         <v>LD</v>
       </c>
       <c r="E39">
         <v>-8</v>
       </c>
       <c r="F39">
         <v>46</v>
       </c>
       <c r="G39">
         <v>295932</v>
       </c>
       <c r="H39" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I39">
         <v>-8</v>
       </c>
       <c r="J39">
         <v>46</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
         <v>2</v>
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>