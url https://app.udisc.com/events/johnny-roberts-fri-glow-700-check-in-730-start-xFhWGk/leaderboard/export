--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -4011,51 +4011,51 @@
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MHT</v>
       </c>
       <c r="B43" t="str">
         <v>DNF</v>
       </c>
       <c r="D43" t="str">
         <v>LD</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>49</v>
       </c>
       <c r="G43">
         <v>295932</v>
       </c>
       <c r="H43" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I43">
         <v>1</v>
       </c>
       <c r="J43">
         <v>49</v>
       </c>
       <c r="K43">
         <v>8</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>2</v>
       </c>
       <c r="P43">
         <v>3</v>
       </c>
       <c r="Q43">
         <v>2</v>
       </c>
       <c r="R43">
         <v>2</v>
       </c>