--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -5778,51 +5778,51 @@
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>CAS</v>
       </c>
       <c r="B64" t="str">
         <v>T36</v>
       </c>
       <c r="C64">
         <v>36</v>
       </c>
       <c r="D64" t="str">
         <v>LD</v>
       </c>
       <c r="E64">
         <v>-2</v>
       </c>
       <c r="F64">
         <v>52</v>
       </c>
       <c r="G64">
         <v>295932</v>
       </c>
       <c r="H64" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I64">
         <v>-2</v>
       </c>
       <c r="J64">
         <v>52</v>
       </c>
       <c r="K64">
         <v>4</v>
       </c>
       <c r="L64">
         <v>4</v>
       </c>
       <c r="M64">
         <v>3</v>
       </c>
       <c r="N64">
         <v>3</v>
       </c>
       <c r="O64">
         <v>3</v>
       </c>
       <c r="P64">
         <v>3</v>
       </c>