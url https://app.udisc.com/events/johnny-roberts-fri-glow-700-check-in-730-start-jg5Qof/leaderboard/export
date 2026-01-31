--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -1811,51 +1811,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>CAS</v>
       </c>
       <c r="B17" t="str">
         <v>1</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="str">
         <v>LD</v>
       </c>
       <c r="E17">
         <v>-13</v>
       </c>
       <c r="F17">
         <v>41</v>
       </c>
       <c r="G17">
         <v>295932</v>
       </c>
       <c r="H17" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I17">
         <v>-13</v>
       </c>
       <c r="J17">
         <v>41</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>2</v>
       </c>