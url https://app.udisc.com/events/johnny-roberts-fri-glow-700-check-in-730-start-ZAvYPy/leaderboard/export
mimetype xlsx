--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -1061,51 +1061,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MHT</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>LD</v>
       </c>
       <c r="E8">
         <v>-10</v>
       </c>
       <c r="F8">
         <v>44</v>
       </c>
       <c r="G8">
         <v>295932</v>
       </c>
       <c r="H8" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I8">
         <v>-10</v>
       </c>
       <c r="J8">
         <v>44</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -5938,51 +5938,51 @@
       </c>
       <c r="AB65">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>CAS</v>
       </c>
       <c r="B66" t="str">
         <v>T39</v>
       </c>
       <c r="C66">
         <v>39</v>
       </c>
       <c r="D66" t="str">
         <v>Hayden Murphy</v>
       </c>
       <c r="E66">
         <v>14</v>
       </c>
       <c r="F66">
         <v>68</v>
       </c>
       <c r="H66" t="str">
-        <v>hdawg999</v>
+        <v>hdawg909</v>
       </c>
       <c r="I66">
         <v>14</v>
       </c>
       <c r="J66">
         <v>68</v>
       </c>
       <c r="K66">
         <v>4</v>
       </c>
       <c r="L66">
         <v>4</v>
       </c>
       <c r="M66">
         <v>3</v>
       </c>
       <c r="N66">
         <v>2</v>
       </c>
       <c r="O66">
         <v>4</v>
       </c>
       <c r="P66">
         <v>5</v>
       </c>