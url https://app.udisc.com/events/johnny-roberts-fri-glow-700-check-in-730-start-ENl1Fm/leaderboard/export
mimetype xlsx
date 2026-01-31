--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -1577,51 +1577,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MHT</v>
       </c>
       <c r="B14" t="str">
         <v>T11</v>
       </c>
       <c r="C14">
         <v>11</v>
       </c>
       <c r="D14" t="str">
         <v>LD</v>
       </c>
       <c r="E14">
         <v>-8</v>
       </c>
       <c r="F14">
         <v>46</v>
       </c>
       <c r="G14">
         <v>295932</v>
       </c>
       <c r="H14" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I14">
         <v>-8</v>
       </c>
       <c r="J14">
         <v>46</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>