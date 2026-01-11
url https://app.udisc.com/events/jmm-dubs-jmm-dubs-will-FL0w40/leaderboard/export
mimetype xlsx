--- v0 (2025-11-10)
+++ v1 (2026-01-11)
@@ -644,51 +644,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Chad Odom &amp; Rufus Manley</v>
       </c>
       <c r="E3">
         <v>-6</v>
       </c>
       <c r="F3">
         <v>48</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
-        <v>batsquatch,rufdogg1</v>
+        <v>chadodom,rufdogg1</v>
       </c>
       <c r="J3">
         <v>-6</v>
       </c>
       <c r="K3">
         <v>48</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>