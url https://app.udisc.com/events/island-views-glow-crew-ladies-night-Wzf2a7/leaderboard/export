--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1335,51 +1335,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>OD</v>
       </c>
       <c r="B11" t="str">
         <v>T2</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" t="str">
         <v>Tony Schouweiler</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>51</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="I11" t="str">
-        <v>kittylicker69</v>
+        <v>chains69</v>
       </c>
       <c r="J11">
         <v>-3</v>
       </c>
       <c r="K11">
         <v>51</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>