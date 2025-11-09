--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -2029,51 +2029,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>OD</v>
       </c>
       <c r="B19" t="str">
         <v>T8</v>
       </c>
       <c r="C19">
         <v>8</v>
       </c>
       <c r="D19" t="str">
         <v>Tony Schouweiler</v>
       </c>
       <c r="E19">
         <v>-2</v>
       </c>
       <c r="F19">
         <v>52</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="I19" t="str">
-        <v>kittylicker69</v>
+        <v>chains69</v>
       </c>
       <c r="J19">
         <v>-2</v>
       </c>
       <c r="K19">
         <v>52</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>