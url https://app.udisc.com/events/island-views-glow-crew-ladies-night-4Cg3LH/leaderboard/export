--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1679,51 +1679,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>OD</v>
       </c>
       <c r="B15" t="str">
         <v>3</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15" t="str">
         <v>Tony Schouweiler</v>
       </c>
       <c r="E15">
         <v>-4</v>
       </c>
       <c r="F15">
         <v>50</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
-        <v>kittylicker69</v>
+        <v>chains69</v>
       </c>
       <c r="J15">
         <v>-4</v>
       </c>
       <c r="K15">
         <v>50</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>