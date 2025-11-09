--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1753,51 +1753,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>OD</v>
       </c>
       <c r="B14" t="str">
         <v>T4</v>
       </c>
       <c r="C14">
         <v>4</v>
       </c>
       <c r="D14" t="str">
         <v>Tony Schouweiler</v>
       </c>
       <c r="E14">
         <v>-4</v>
       </c>
       <c r="F14">
         <v>62</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="I14" t="str">
-        <v>kittylicker69</v>
+        <v>chains69</v>
       </c>
       <c r="J14">
         <v>-4</v>
       </c>
       <c r="K14">
         <v>62</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>