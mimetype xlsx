--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -2736,51 +2736,51 @@
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>OD</v>
       </c>
       <c r="B24" t="str">
         <v>8</v>
       </c>
       <c r="C24">
         <v>8</v>
       </c>
       <c r="D24" t="str">
         <v>Tony Schouweiler</v>
       </c>
       <c r="E24">
         <v>-1</v>
       </c>
       <c r="F24">
         <v>65</v>
       </c>
       <c r="G24">
         <v>1</v>
       </c>
       <c r="I24" t="str">
-        <v>kittylicker69</v>
+        <v>chains69</v>
       </c>
       <c r="J24">
         <v>-1</v>
       </c>
       <c r="K24">
         <v>65</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
         <v>4</v>
       </c>