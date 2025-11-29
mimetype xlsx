--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -2418,51 +2418,51 @@
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>OD</v>
       </c>
       <c r="B26" t="str">
         <v>9</v>
       </c>
       <c r="C26">
         <v>9</v>
       </c>
       <c r="D26" t="str">
         <v>Tony Schouweiler</v>
       </c>
       <c r="E26">
         <v>3</v>
       </c>
       <c r="F26">
         <v>57</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="I26" t="str">
-        <v>kittylicker69</v>
+        <v>chains69</v>
       </c>
       <c r="J26">
         <v>3</v>
       </c>
       <c r="K26">
         <v>57</v>
       </c>
       <c r="L26">
         <v>2</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
         <v>4</v>
       </c>