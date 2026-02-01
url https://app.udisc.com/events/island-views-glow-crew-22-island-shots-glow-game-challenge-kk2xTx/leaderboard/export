--- v0 (2026-01-03)
+++ v1 (2026-02-01)
@@ -1346,345 +1346,345 @@
       </c>
       <c r="AD9">
         <v>3</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
       <c r="AF9">
         <v>4</v>
       </c>
       <c r="AG9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>AD</v>
       </c>
       <c r="B10" t="str">
         <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
-        <v>Killer Bee 6177</v>
+        <v>Russell C</v>
       </c>
       <c r="E10">
-        <v>-12</v>
+        <v>2</v>
       </c>
       <c r="F10">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">
-        <v>killerbee6177</v>
+        <v>russ0513</v>
       </c>
       <c r="J10">
-        <v>-12</v>
+        <v>2</v>
       </c>
       <c r="K10">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>
       <c r="U10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD10">
         <v>2</v>
       </c>
       <c r="AE10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>AD</v>
+        <v>OD</v>
       </c>
       <c r="B11" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D11" t="str">
-        <v>Russell C</v>
+        <v>Matt Hawkins</v>
       </c>
       <c r="E11">
-        <v>2</v>
+        <v>-13</v>
       </c>
       <c r="F11">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>80438</v>
+      </c>
       <c r="I11" t="str">
-        <v>russ0513</v>
+        <v>matthawkins</v>
       </c>
       <c r="J11">
-        <v>2</v>
+        <v>-13</v>
       </c>
       <c r="K11">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE11">
         <v>3</v>
       </c>
       <c r="AF11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>OD</v>
       </c>
       <c r="B12" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D12" t="str">
-        <v>Matt Hawkins</v>
+        <v>Killer Bee 6177</v>
       </c>
       <c r="E12">
-        <v>-13</v>
+        <v>-12</v>
       </c>
       <c r="F12">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
-      <c r="H12">
-[...1 lines deleted...]
-      </c>
       <c r="I12" t="str">
-        <v>matthawkins</v>
+        <v>killerbee6177</v>
       </c>
       <c r="J12">
-        <v>-13</v>
+        <v>-12</v>
       </c>
       <c r="K12">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>2</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12">
         <v>2</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
       <c r="AC12">
         <v>2</v>
       </c>
       <c r="AD12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>OD</v>
       </c>
       <c r="B13" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D13" t="str">
         <v>Scot Kingdon</v>
       </c>
       <c r="E13">
         <v>-11</v>
       </c>
       <c r="F13">
         <v>55</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13">
         <v>107047</v>
       </c>
       <c r="I13" t="str">
         <v>scotkingdon</v>
       </c>
       <c r="J13">
         <v>-11</v>
       </c>
       <c r="K13">
         <v>55</v>
       </c>
@@ -1738,54 +1738,54 @@
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
       <c r="AC13">
         <v>2</v>
       </c>
       <c r="AD13">
         <v>2</v>
       </c>
       <c r="AE13">
         <v>2</v>
       </c>
       <c r="AF13">
         <v>3</v>
       </c>
       <c r="AG13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>OD</v>
       </c>
       <c r="B14" t="str">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D14" t="str">
         <v>Bill Marsh</v>
       </c>
       <c r="E14">
         <v>-6</v>
       </c>
       <c r="F14">
         <v>60</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="I14" t="str">
         <v>william48</v>
       </c>
       <c r="J14">
         <v>-6</v>
       </c>
       <c r="K14">
         <v>60</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
@@ -1836,54 +1836,54 @@
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
         <v>2</v>
       </c>
       <c r="AD14">
         <v>2</v>
       </c>
       <c r="AE14">
         <v>2</v>
       </c>
       <c r="AF14">
         <v>3</v>
       </c>
       <c r="AG14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>OD</v>
       </c>
       <c r="B15" t="str">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D15" t="str">
         <v>Gusto Dutson</v>
       </c>
       <c r="E15">
         <v>-5</v>
       </c>
       <c r="F15">
         <v>61</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
         <v>gustomatik</v>
       </c>
       <c r="J15">
         <v>-5</v>
       </c>
       <c r="K15">
         <v>61</v>
       </c>
       <c r="L15">
         <v>2</v>
       </c>
@@ -1934,54 +1934,54 @@
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
       <c r="AC15">
         <v>4</v>
       </c>
       <c r="AD15">
         <v>2</v>
       </c>
       <c r="AE15">
         <v>3</v>
       </c>
       <c r="AF15">
         <v>2</v>
       </c>
       <c r="AG15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>OD</v>
       </c>
       <c r="B16" t="str">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C16">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D16" t="str">
         <v>Juston barrett</v>
       </c>
       <c r="E16">
         <v>-3</v>
       </c>
       <c r="F16">
         <v>63</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="I16" t="str">
         <v>justonbarrett</v>
       </c>
       <c r="J16">
         <v>-3</v>
       </c>
       <c r="K16">
         <v>63</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
@@ -2032,54 +2032,54 @@
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
       <c r="AC16">
         <v>2</v>
       </c>
       <c r="AD16">
         <v>2</v>
       </c>
       <c r="AE16">
         <v>2</v>
       </c>
       <c r="AF16">
         <v>2</v>
       </c>
       <c r="AG16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>OD</v>
       </c>
       <c r="B17" t="str">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C17">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D17" t="str">
         <v>Jason Cosby</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>66</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="I17" t="str">
         <v>jase3030</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
       <c r="K17">
         <v>66</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>