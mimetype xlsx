--- v0 (2025-10-23)
+++ v1 (2026-02-05)
@@ -890,50 +890,53 @@
         <v>60</v>
       </c>
       <c r="L12">
         <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v xml:space="preserve">Jonathan Moore </v>
       </c>
       <c r="E13">
         <v>11</v>
       </c>
       <c r="F13">
         <v>134</v>
       </c>
+      <c r="G13">
+        <v>320237</v>
+      </c>
       <c r="H13" t="str">
         <v>jmoorey13</v>
       </c>
       <c r="I13">
         <v>4</v>
       </c>
       <c r="J13">
         <v>7</v>
       </c>
       <c r="K13">
         <v>63</v>
       </c>
       <c r="L13">
         <v>71</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T11</v>
       </c>
       <c r="C14">
         <v>11</v>
@@ -2649,280 +2652,283 @@
       </c>
       <c r="Y14">
         <v>4</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Evan Pratt</v>
+        <v xml:space="preserve">Jonathan Moore </v>
       </c>
       <c r="E15">
         <v>4</v>
       </c>
       <c r="F15">
         <v>63</v>
       </c>
+      <c r="G15">
+        <v>320237</v>
+      </c>
       <c r="H15" t="str">
-        <v>evanp6</v>
+        <v>jmoorey13</v>
       </c>
       <c r="I15">
         <v>4</v>
       </c>
       <c r="J15">
         <v>63</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>4</v>
       </c>
       <c r="S15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>4</v>
       </c>
       <c r="AB15">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
-        <v>Ezra Schmidt</v>
+        <v>Evan Pratt</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16">
         <v>63</v>
       </c>
       <c r="H16" t="str">
-        <v>ezraschmidt</v>
+        <v>evanp6</v>
       </c>
       <c r="I16">
         <v>4</v>
       </c>
       <c r="J16">
         <v>63</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R16">
         <v>4</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
       <c r="U16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T13</v>
       </c>
       <c r="C17">
         <v>13</v>
       </c>
       <c r="D17" t="str">
-        <v xml:space="preserve">Jonathan Moore </v>
+        <v>Ezra Schmidt</v>
       </c>
       <c r="E17">
         <v>4</v>
       </c>
       <c r="F17">
         <v>63</v>
       </c>
       <c r="H17" t="str">
-        <v>jmoorey13</v>
+        <v>ezraschmidt</v>
       </c>
       <c r="I17">
         <v>4</v>
       </c>
       <c r="J17">
         <v>63</v>
       </c>
       <c r="K17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L17">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA17">
         <v>4</v>
       </c>
       <c r="AB17">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Nate Winjum</v>
       </c>
       <c r="E18">
         <v>5</v>
       </c>
       <c r="F18">
@@ -4809,50 +4815,53 @@
         <v>4</v>
       </c>
       <c r="AB12">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v xml:space="preserve">Jonathan Moore </v>
       </c>
       <c r="E13">
         <v>11</v>
       </c>
       <c r="F13">
         <v>134</v>
       </c>
+      <c r="G13">
+        <v>320237</v>
+      </c>
       <c r="H13" t="str">
         <v>jmoorey13</v>
       </c>
       <c r="I13">
         <v>7</v>
       </c>
       <c r="J13">
         <v>71</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>5</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">